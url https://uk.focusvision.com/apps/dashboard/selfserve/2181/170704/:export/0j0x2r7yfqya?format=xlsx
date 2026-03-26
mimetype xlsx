--- v0 (2025-12-25)
+++ v1 (2026-03-26)
@@ -24,227 +24,191 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml" PartName="/xl/charts/chart8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship
       Id="rId1"
       Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"
       Target="xl/workbook.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="See Me" sheetId="1" r:id="rId1"/>
     <sheet name="Choose Me" sheetId="2" r:id="rId2"/>
     <sheet name="Buy Me" sheetId="3" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="150" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="135" uniqueCount="47">
   <si>
     <t>Banner:</t>
   </si>
   <si>
     <t>No Split</t>
   </si>
   <si>
     <t>Filters:</t>
   </si>
   <si>
     <t>none</t>
   </si>
   <si>
     <t>chart data -- Did you see these products on the shelf?</t>
   </si>
   <si>
-    <t>No (N=400)</t>
-[...2 lines deleted...]
-    <t>Yes (N=400)</t>
+    <t>No (N=0)</t>
+  </si>
+  <si>
+    <t>Yes (N=0)</t>
   </si>
   <si>
     <t>SKU 1</t>
   </si>
   <si>
     <t>SKU 2</t>
   </si>
   <si>
     <t>SKU 3</t>
   </si>
   <si>
     <t>SKU 4</t>
   </si>
   <si>
     <t>SKU 5</t>
   </si>
   <si>
     <t>SKU 6</t>
   </si>
   <si>
     <t>SKU 7</t>
   </si>
   <si>
     <t>SKU 8</t>
   </si>
   <si>
     <t>SKU 9</t>
   </si>
   <si>
     <t>SKU 10</t>
   </si>
   <si>
-    <t>SKU 1 (N=400)</t>
-[...26 lines deleted...]
-    <t>SKU 10 (N=400)</t>
+    <t>SKU 1 (N=0)</t>
+  </si>
+  <si>
+    <t>SKU 2 (N=0)</t>
+  </si>
+  <si>
+    <t>SKU 3 (N=0)</t>
+  </si>
+  <si>
+    <t>SKU 4 (N=0)</t>
+  </si>
+  <si>
+    <t>SKU 5 (N=0)</t>
+  </si>
+  <si>
+    <t>SKU 6 (N=0)</t>
+  </si>
+  <si>
+    <t>SKU 7 (N=0)</t>
+  </si>
+  <si>
+    <t>SKU 8 (N=0)</t>
+  </si>
+  <si>
+    <t>SKU 9 (N=0)</t>
+  </si>
+  <si>
+    <t>SKU 10 (N=0)</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>chart data -- How easy was it to find the product that you bought?</t>
   </si>
   <si>
-    <t>All (N=400)</t>
-[...14 lines deleted...]
-    <t>Extremely easy</t>
+    <t>All</t>
   </si>
   <si>
     <t>Word Cloud - Why was it easy or hard to find?</t>
   </si>
   <si>
-    <t>All</t>
-[...1 lines deleted...]
-  <si>
     <t>COUNT</t>
   </si>
   <si>
     <t>VERT%</t>
   </si>
   <si>
     <t>q7</t>
   </si>
   <si>
     <t>Verbatim List - Why was it easy or hard to find?</t>
   </si>
   <si>
     <t>chart data -- Product Chosen</t>
   </si>
   <si>
-    <t>Control (N=205)</t>
-[...2 lines deleted...]
-    <t>Test (N=195)</t>
+    <t>Control (N=0)</t>
+  </si>
+  <si>
+    <t>Test (N=0)</t>
   </si>
   <si>
     <t>Product Chosen by purchase behaviours</t>
   </si>
   <si>
     <t>Would usually buy</t>
   </si>
   <si>
     <t>Bought product few times</t>
   </si>
   <si>
     <t>Not bought in past 6 months</t>
   </si>
   <si>
     <t>Never bought</t>
   </si>
   <si>
     <t>SIGTESTING</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>C</t>
-[...4 lines deleted...]
-  <si>
     <t>chart data -- Product Chosen by purchase behaviours</t>
-  </si>
-[...10 lines deleted...]
-    <t>Never bought (N=91)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts>
     <numFmt formatCode="GENERAL" numFmtId="1"/>
     <numFmt formatCode="0.00%" numFmtId="2"/>
     <numFmt formatCode="\$#,##0.00" numFmtId="3"/>
     <numFmt formatCode="H:MM:SS\ AM/PM" numFmtId="4"/>
     <numFmt formatCode="0.00E+00" numFmtId="5"/>
     <numFmt formatCode="0%" numFmtId="6"/>
     <numFmt formatCode="DDDD&quot;, &quot;MMMM\ DD&quot;, &quot;YYYY" numFmtId="7"/>
     <numFmt formatCode="0.0%" numFmtId="8"/>
     <numFmt formatCode="#,##0" numFmtId="9"/>
     <numFmt formatCode="0.000%" numFmtId="10"/>
     <numFmt formatCode="0.0000%" numFmtId="11"/>
     <numFmt formatCode="0" numFmtId="12"/>
     <numFmt formatCode="0.0" numFmtId="13"/>
     <numFmt formatCode="0.00" numFmtId="14"/>
     <numFmt formatCode="0.000" numFmtId="15"/>
     <numFmt formatCode="0.0000" numFmtId="16"/>
   </numFmts>
   <fonts>
@@ -895,51 +859,51 @@
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>'See Me'!$A$20:$A$21</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'See Me'!$J$20:$J$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="9"/>
           <c:order val="9"/>
           <c:tx>
             <c:strRef>
               <c:f>'See Me'!$K$19</c:f>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
-              <a:srgbClr val="10742e"/>
+              <a:srgbClr val="8a2607"/>
             </a:solidFill>
           </c:spPr>
           <c:dLbls>
             <c:dLblPos val="outEnd"/>
             <c:showVal val="1"/>
             <c:showLegendKey val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showLeaderLines val="0"/>
           </c:dLbls>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
               <c:f>'See Me'!$A$20:$A$21</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'See Me'!$K$20:$K$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
               </c:numCache>
             </c:numRef>
           </c:val>
@@ -1003,126 +967,86 @@
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="ffffff"/>
     </a:solidFill>
   </c:spPr>
 </c:chartSpace>
 </file>
 
 <file path=xl/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/package/2006/relationships">
   <c:lang val="en-US"/>
   <c:chart>
     <c:title>
       <c:layout/>
       <c:overlay val="0"/>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:t>How easy was it to find the product that you bought? - All (N=400) </a:t>
+              <a:t>How easy was it to find the product that you bought? - All </a:t>
             </a:r>
           </a:p>
         </c:rich>
       </c:tx>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:pieChart>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
-          <c:dPt>
-[...38 lines deleted...]
-          </c:dPt>
           <c:tx>
             <c:strRef>
               <c:f>'Choose Me'!$B$4</c:f>
             </c:strRef>
           </c:tx>
           <c:dLbls>
             <c:dLblPos val="outEnd"/>
             <c:showVal val="1"/>
             <c:showLegendKey val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showLeaderLines val="0"/>
           </c:dLbls>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>'Choose Me'!$A$5:$A$9</c:f>
+              <c:f>'Choose Me'!$A$5:$A$4</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'Choose Me'!$B$5:$B$9</c:f>
+              <c:f>'Choose Me'!$B$5:$B$4</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:axId val="49999999"/>
         <c:axId val="50000000"/>
       </c:pieChart>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="b"/>
       <c:layout/>
       <c:overlay val="0"/>
     </c:legend>
     <c:plotVisOnly val="1"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="ffffff"/>
     </a:solidFill>
   </c:spPr>
 </c:chartSpace>
 </file>
 
@@ -1287,637 +1211,317 @@
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="ffffff"/>
     </a:solidFill>
   </c:spPr>
 </c:chartSpace>
 </file>
 
 <file path=xl/charts/chart5.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/package/2006/relationships">
   <c:lang val="en-US"/>
   <c:chart>
     <c:title>
       <c:layout/>
       <c:overlay val="0"/>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:t>Product Chosen by purchase behaviours - Would usually buy (N=109) </a:t>
+              <a:t>Product Chosen by purchase behaviours - Would usually buy </a:t>
             </a:r>
           </a:p>
         </c:rich>
       </c:tx>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:pieChart>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
-          <c:dPt>
-[...78 lines deleted...]
-          </c:dPt>
           <c:tx>
             <c:strRef>
               <c:f>'Buy Me'!$B$33</c:f>
             </c:strRef>
           </c:tx>
           <c:dLbls>
             <c:dLblPos val="outEnd"/>
             <c:showVal val="1"/>
             <c:showLegendKey val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showLeaderLines val="0"/>
           </c:dLbls>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>'Buy Me'!$A$34:$A$43</c:f>
+              <c:f>'Buy Me'!$A$34:$A$33</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'Buy Me'!$B$34:$B$43</c:f>
+              <c:f>'Buy Me'!$B$34:$B$33</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:axId val="49999999"/>
         <c:axId val="50000000"/>
       </c:pieChart>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="b"/>
       <c:layout/>
       <c:overlay val="0"/>
     </c:legend>
     <c:plotVisOnly val="1"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="ffffff"/>
     </a:solidFill>
   </c:spPr>
 </c:chartSpace>
 </file>
 
 <file path=xl/charts/chart6.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/package/2006/relationships">
   <c:lang val="en-US"/>
   <c:chart>
     <c:title>
       <c:layout/>
       <c:overlay val="0"/>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:t>Product Chosen by purchase behaviours - Bought product few times (N=92) </a:t>
+              <a:t>Product Chosen by purchase behaviours - Bought product few times </a:t>
             </a:r>
           </a:p>
         </c:rich>
       </c:tx>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:pieChart>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
-          <c:dPt>
-[...78 lines deleted...]
-          </c:dPt>
           <c:tx>
             <c:strRef>
               <c:f>'Buy Me'!$C$33</c:f>
             </c:strRef>
           </c:tx>
           <c:dLbls>
             <c:dLblPos val="outEnd"/>
             <c:showVal val="1"/>
             <c:showLegendKey val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showLeaderLines val="0"/>
           </c:dLbls>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>'Buy Me'!$A$34:$A$43</c:f>
+              <c:f>'Buy Me'!$A$34:$A$33</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'Buy Me'!$C$34:$C$43</c:f>
+              <c:f>'Buy Me'!$C$34:$C$33</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:axId val="49999999"/>
         <c:axId val="50000000"/>
       </c:pieChart>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="b"/>
       <c:layout/>
       <c:overlay val="0"/>
     </c:legend>
     <c:plotVisOnly val="1"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="ffffff"/>
     </a:solidFill>
   </c:spPr>
 </c:chartSpace>
 </file>
 
 <file path=xl/charts/chart7.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/package/2006/relationships">
   <c:lang val="en-US"/>
   <c:chart>
     <c:title>
       <c:layout/>
       <c:overlay val="0"/>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:t>Product Chosen by purchase behaviours - Not bought in past 6 months (N=108) </a:t>
+              <a:t>Product Chosen by purchase behaviours - Not bought in past 6 months </a:t>
             </a:r>
           </a:p>
         </c:rich>
       </c:tx>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:pieChart>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
-          <c:dPt>
-[...78 lines deleted...]
-          </c:dPt>
           <c:tx>
             <c:strRef>
               <c:f>'Buy Me'!$D$33</c:f>
             </c:strRef>
           </c:tx>
           <c:dLbls>
             <c:dLblPos val="outEnd"/>
             <c:showVal val="1"/>
             <c:showLegendKey val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showLeaderLines val="0"/>
           </c:dLbls>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>'Buy Me'!$A$34:$A$43</c:f>
+              <c:f>'Buy Me'!$A$34:$A$33</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'Buy Me'!$D$34:$D$43</c:f>
+              <c:f>'Buy Me'!$D$34:$D$33</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:axId val="49999999"/>
         <c:axId val="50000000"/>
       </c:pieChart>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="b"/>
       <c:layout/>
       <c:overlay val="0"/>
     </c:legend>
     <c:plotVisOnly val="1"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="ffffff"/>
     </a:solidFill>
   </c:spPr>
 </c:chartSpace>
 </file>
 
 <file path=xl/charts/chart8.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/package/2006/relationships">
   <c:lang val="en-US"/>
   <c:chart>
     <c:title>
       <c:layout/>
       <c:overlay val="0"/>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:t>Product Chosen by purchase behaviours - Never bought (N=91) </a:t>
+              <a:t>Product Chosen by purchase behaviours - Never bought </a:t>
             </a:r>
           </a:p>
         </c:rich>
       </c:tx>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:pieChart>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
-          <c:dPt>
-[...78 lines deleted...]
-          </c:dPt>
           <c:tx>
             <c:strRef>
               <c:f>'Buy Me'!$E$33</c:f>
             </c:strRef>
           </c:tx>
           <c:dLbls>
             <c:dLblPos val="outEnd"/>
             <c:showVal val="1"/>
             <c:showLegendKey val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showLeaderLines val="0"/>
           </c:dLbls>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>'Buy Me'!$A$34:$A$43</c:f>
+              <c:f>'Buy Me'!$A$34:$A$33</c:f>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'Buy Me'!$E$34:$E$43</c:f>
+              <c:f>'Buy Me'!$E$34:$E$33</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:axId val="49999999"/>
         <c:axId val="50000000"/>
       </c:pieChart>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="b"/>
       <c:layout/>
       <c:overlay val="0"/>
     </c:legend>
     <c:plotVisOnly val="1"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:srgbClr val="ffffff"/>
     </a:solidFill>
   </c:spPr>
 </c:chartSpace>
 </file>
 
@@ -2217,1188 +1821,978 @@
     </row>
     <row r="2" customHeight="1">
       <c t="s" r="A2" s="1">
         <v>2</v>
       </c>
       <c t="s" r="B2" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="4" customHeight="1">
       <c t="s" r="A4">
         <v>4</v>
       </c>
       <c t="s" r="B4">
         <v>5</v>
       </c>
       <c t="s" r="C4">
         <v>6</v>
       </c>
     </row>
     <row r="5" customHeight="1">
       <c t="s" r="A5">
         <v>7</v>
       </c>
       <c r="B5" t="n" s="2">
-        <v>0.48</v>
+        <v>0</v>
       </c>
       <c r="C5" t="n" s="2">
-        <v>0.53</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" customHeight="1">
       <c t="s" r="A6">
         <v>8</v>
       </c>
       <c r="B6" t="n" s="2">
-        <v>0.52</v>
+        <v>0</v>
       </c>
       <c r="C6" t="n" s="2">
-        <v>0.48</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" customHeight="1">
       <c t="s" r="A7">
         <v>9</v>
       </c>
       <c r="B7" t="n" s="2">
-        <v>0.48</v>
+        <v>0</v>
       </c>
       <c r="C7" t="n" s="2">
-        <v>0.53</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" customHeight="1">
       <c t="s" r="A8">
         <v>10</v>
       </c>
       <c r="B8" t="n" s="2">
-        <v>0.48</v>
+        <v>0</v>
       </c>
       <c r="C8" t="n" s="2">
-        <v>0.52</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" customHeight="1">
       <c t="s" r="A9">
         <v>11</v>
       </c>
       <c r="B9" t="n" s="2">
-        <v>0.48</v>
+        <v>0</v>
       </c>
       <c r="C9" t="n" s="2">
-        <v>0.52</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" customHeight="1">
       <c t="s" r="A10">
         <v>12</v>
       </c>
       <c r="B10" t="n" s="2">
-        <v>0.54</v>
+        <v>0</v>
       </c>
       <c r="C10" t="n" s="2">
-        <v>0.46</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" customHeight="1">
       <c t="s" r="A11">
         <v>13</v>
       </c>
       <c r="B11" t="n" s="2">
-        <v>0.5</v>
+        <v>0</v>
       </c>
       <c r="C11" t="n" s="2">
-        <v>0.5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" customHeight="1">
       <c t="s" r="A12">
         <v>14</v>
       </c>
       <c r="B12" t="n" s="2">
-        <v>0.54</v>
+        <v>0</v>
       </c>
       <c r="C12" t="n" s="2">
-        <v>0.47</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" customHeight="1">
       <c t="s" r="A13">
         <v>15</v>
       </c>
       <c r="B13" t="n" s="2">
-        <v>0.48</v>
+        <v>0</v>
       </c>
       <c r="C13" t="n" s="2">
-        <v>0.52</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" customHeight="1">
       <c t="s" r="A14">
         <v>16</v>
       </c>
       <c r="B14" t="n" s="2">
-        <v>0.53</v>
+        <v>0</v>
       </c>
       <c r="C14" t="n" s="2">
-        <v>0.48</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" customHeight="1">
       <c t="s" r="A19">
         <v>4</v>
       </c>
       <c t="s" r="B19">
         <v>17</v>
       </c>
       <c t="s" r="C19">
         <v>18</v>
       </c>
       <c t="s" r="D19">
         <v>19</v>
       </c>
       <c t="s" r="E19">
         <v>20</v>
       </c>
       <c t="s" r="F19">
         <v>21</v>
       </c>
       <c t="s" r="G19">
         <v>22</v>
       </c>
       <c t="s" r="H19">
         <v>23</v>
       </c>
       <c t="s" r="I19">
         <v>24</v>
       </c>
       <c t="s" r="J19">
         <v>25</v>
       </c>
       <c t="s" r="K19">
         <v>26</v>
       </c>
     </row>
     <row r="20" customHeight="1">
       <c t="s" r="A20">
         <v>27</v>
       </c>
       <c r="B20" t="n" s="2">
-        <v>0.53</v>
+        <v>0</v>
       </c>
       <c r="C20" t="n" s="2">
-        <v>0.48</v>
+        <v>0</v>
       </c>
       <c r="D20" t="n" s="2">
-        <v>0.53</v>
+        <v>0</v>
       </c>
       <c r="E20" t="n" s="2">
-        <v>0.52</v>
+        <v>0</v>
       </c>
       <c r="F20" t="n" s="2">
-        <v>0.52</v>
+        <v>0</v>
       </c>
       <c r="G20" t="n" s="2">
-        <v>0.46</v>
+        <v>0</v>
       </c>
       <c r="H20" t="n" s="2">
-        <v>0.5</v>
+        <v>0</v>
       </c>
       <c r="I20" t="n" s="2">
-        <v>0.47</v>
+        <v>0</v>
       </c>
       <c r="J20" t="n" s="2">
-        <v>0.52</v>
+        <v>0</v>
       </c>
       <c r="K20" t="n" s="2">
-        <v>0.48</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" customHeight="1">
       <c t="s" r="A21">
         <v>28</v>
       </c>
       <c r="B21" t="n" s="2">
-        <v>0.48</v>
+        <v>0</v>
       </c>
       <c r="C21" t="n" s="2">
-        <v>0.52</v>
+        <v>0</v>
       </c>
       <c r="D21" t="n" s="2">
-        <v>0.48</v>
+        <v>0</v>
       </c>
       <c r="E21" t="n" s="2">
-        <v>0.48</v>
+        <v>0</v>
       </c>
       <c r="F21" t="n" s="2">
-        <v>0.48</v>
+        <v>0</v>
       </c>
       <c r="G21" t="n" s="2">
-        <v>0.54</v>
+        <v>0</v>
       </c>
       <c r="H21" t="n" s="2">
-        <v>0.5</v>
+        <v>0</v>
       </c>
       <c r="I21" t="n" s="2">
-        <v>0.54</v>
+        <v>0</v>
       </c>
       <c r="J21" t="n" s="2">
-        <v>0.48</v>
+        <v>0</v>
       </c>
       <c r="K21" t="n" s="2">
-        <v>0.53</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/sheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetFormatPr defaultColWidth="12.862143" defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="18" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customHeight="1">
       <c t="s" r="A1" s="1">
         <v>0</v>
       </c>
       <c t="s" r="B1" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="2" customHeight="1">
       <c t="s" r="A2" s="1">
         <v>2</v>
       </c>
       <c t="s" r="B2" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="4" customHeight="1">
       <c t="s" r="A4">
         <v>29</v>
       </c>
       <c t="s" r="B4">
         <v>30</v>
       </c>
     </row>
-    <row r="5" customHeight="1">
-[...38 lines deleted...]
-    </row>
     <row r="19" customHeight="1">
       <c t="s" r="A19" s="1">
-        <v>36</v>
+        <v>31</v>
       </c>
     </row>
     <row r="20" customHeight="1">
       <c t="s" r="B20" s="1">
-        <v>37</v>
+        <v>30</v>
       </c>
     </row>
     <row r="21" customHeight="1">
       <c t="s" r="B21">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c t="s" r="C21">
-        <v>39</v>
+        <v>33</v>
       </c>
     </row>
     <row r="22" customHeight="1">
       <c t="s" r="A22">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="B22" t="n" s="7">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="C22" t="n" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" customHeight="1">
       <c t="s" r="A24" s="1">
-        <v>41</v>
+        <v>35</v>
       </c>
     </row>
     <row r="25" customHeight="1">
       <c t="s" r="B25" s="1">
-        <v>37</v>
+        <v>30</v>
       </c>
     </row>
     <row r="26" customHeight="1">
       <c t="s" r="B26">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c t="s" r="C26">
-        <v>39</v>
+        <v>33</v>
       </c>
     </row>
     <row r="27" customHeight="1">
       <c t="s" r="A27">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="B27" t="n" s="7">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="C27" t="n" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/sheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetFormatPr defaultColWidth="12.862143" defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="18" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customHeight="1">
       <c t="s" r="A1" s="1">
         <v>0</v>
       </c>
       <c t="s" r="B1" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="2" customHeight="1">
       <c t="s" r="A2" s="1">
         <v>2</v>
       </c>
       <c t="s" r="B2" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="4" customHeight="1">
       <c t="s" r="A4">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c t="s" r="B4">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c t="s" r="C4">
-        <v>44</v>
+        <v>38</v>
       </c>
     </row>
     <row r="5" customHeight="1">
       <c t="s" r="A5">
         <v>7</v>
       </c>
       <c r="B5" t="n" s="7">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="C5" t="n" s="7">
-        <v>16</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" customHeight="1">
       <c t="s" r="A6">
         <v>8</v>
       </c>
       <c r="B6" t="n" s="7">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="C6" t="n" s="7">
-        <v>19</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" customHeight="1">
       <c t="s" r="A7">
         <v>9</v>
       </c>
       <c r="B7" t="n" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="C7" t="n" s="7">
-        <v>21</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" customHeight="1">
       <c t="s" r="A8">
         <v>10</v>
       </c>
       <c r="B8" t="n" s="7">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="C8" t="n" s="7">
-        <v>18</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" customHeight="1">
       <c t="s" r="A9">
         <v>11</v>
       </c>
       <c r="B9" t="n" s="7">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="C9" t="n" s="7">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" customHeight="1">
       <c t="s" r="A10">
         <v>12</v>
       </c>
       <c r="B10" t="n" s="7">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="C10" t="n" s="7">
-        <v>24</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" customHeight="1">
       <c t="s" r="A11">
         <v>13</v>
       </c>
       <c r="B11" t="n" s="7">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="C11" t="n" s="7">
-        <v>11</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" customHeight="1">
       <c t="s" r="A12">
         <v>14</v>
       </c>
       <c r="B12" t="n" s="7">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="C12" t="n" s="7">
-        <v>21</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" customHeight="1">
       <c t="s" r="A13">
         <v>15</v>
       </c>
       <c r="B13" t="n" s="7">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="C13" t="n" s="7">
-        <v>21</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" customHeight="1">
       <c t="s" r="A14">
         <v>16</v>
       </c>
       <c r="B14" t="n" s="7">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="C14" t="n" s="7">
-        <v>24</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" customHeight="1">
       <c t="s" r="A19" s="1">
-        <v>45</v>
+        <v>39</v>
       </c>
     </row>
     <row r="20" customHeight="1">
       <c t="s" r="B20" s="1">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c t="s" r="E20" s="1">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c t="s" r="H20" s="1">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c t="s" r="K20" s="1">
-        <v>49</v>
+        <v>43</v>
       </c>
     </row>
     <row r="21" customHeight="1">
       <c t="s" r="B21">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c t="s" r="C21">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c t="s" r="D21">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c t="s" r="E21">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c t="s" r="F21">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c t="s" r="G21">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c t="s" r="H21">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c t="s" r="I21">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c t="s" r="J21">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c t="s" r="K21">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c t="s" r="L21">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c t="s" r="M21">
-        <v>50</v>
+        <v>44</v>
       </c>
     </row>
     <row r="22" customHeight="1">
       <c t="s" r="A22">
         <v>7</v>
       </c>
       <c r="B22" t="n" s="7">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="C22" t="n" s="2">
-        <v>0.08256881</v>
+        <v>0</v>
       </c>
       <c t="s" r="D22" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="E22" t="n" s="7">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="F22" t="n" s="2">
-        <v>0.08695652</v>
+        <v>0</v>
       </c>
       <c t="s" r="G22" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="H22" t="n" s="7">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="I22" t="n" s="2">
-        <v>0.08333333</v>
+        <v>0</v>
       </c>
       <c t="s" r="J22" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K22" t="n" s="7">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="L22" t="n" s="2">
-        <v>0.10989011</v>
+        <v>0</v>
       </c>
       <c t="s" r="M22" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
     </row>
     <row r="23" customHeight="1">
       <c t="s" r="A23">
         <v>8</v>
       </c>
       <c r="B23" t="n" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="C23" t="n" s="2">
-        <v>0.11009174</v>
+        <v>0</v>
       </c>
       <c t="s" r="D23" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="E23" t="n" s="7">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="F23" t="n" s="2">
-        <v>0.15217391</v>
+        <v>0</v>
       </c>
       <c t="s" r="G23" s="12">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="H23" t="n" s="7">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="I23" t="n" s="2">
-        <v>0.06481481</v>
+        <v>0</v>
       </c>
       <c t="s" r="J23" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K23" t="n" s="7">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="L23" t="n" s="2">
-        <v>0.0989011</v>
+        <v>0</v>
       </c>
       <c t="s" r="M23" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
     </row>
     <row r="24" customHeight="1">
       <c t="s" r="A24">
         <v>9</v>
       </c>
       <c r="B24" t="n" s="7">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="C24" t="n" s="2">
-        <v>0.08256881</v>
+        <v>0</v>
       </c>
       <c t="s" r="D24" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="E24" t="n" s="7">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="F24" t="n" s="2">
-        <v>0.07608696</v>
+        <v>0</v>
       </c>
       <c t="s" r="G24" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="H24" t="n" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="I24" t="n" s="2">
-        <v>0.11111111</v>
+        <v>0</v>
       </c>
       <c t="s" r="J24" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K24" t="n" s="7">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="L24" t="n" s="2">
-        <v>0.05494505</v>
+        <v>0</v>
       </c>
       <c t="s" r="M24" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
     </row>
     <row r="25" customHeight="1">
       <c t="s" r="A25">
         <v>10</v>
       </c>
       <c r="B25" t="n" s="7">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="C25" t="n" s="2">
-        <v>0.09174312</v>
+        <v>0</v>
       </c>
       <c t="s" r="D25" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="E25" t="n" s="7">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="F25" t="n" s="2">
-        <v>0.11956522</v>
+        <v>0</v>
       </c>
       <c t="s" r="G25" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="H25" t="n" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="I25" t="n" s="2">
-        <v>0.11111111</v>
+        <v>0</v>
       </c>
       <c t="s" r="J25" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K25" t="n" s="7">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="L25" t="n" s="2">
-        <v>0.08791209</v>
+        <v>0</v>
       </c>
       <c t="s" r="M25" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
     </row>
     <row r="26" customHeight="1">
       <c t="s" r="A26">
         <v>11</v>
       </c>
       <c r="B26" t="n" s="7">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="C26" t="n" s="2">
-        <v>0.13761468</v>
+        <v>0</v>
       </c>
       <c t="s" r="D26" s="12">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="E26" t="n" s="7">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="F26" t="n" s="2">
-        <v>0.06521739</v>
+        <v>0</v>
       </c>
       <c t="s" r="G26" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="H26" t="n" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="I26" t="n" s="2">
-        <v>0.11111111</v>
+        <v>0</v>
       </c>
       <c t="s" r="J26" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K26" t="n" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="L26" t="n" s="2">
-        <v>0.13186813</v>
+        <v>0</v>
       </c>
       <c t="s" r="M26" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" customHeight="1">
       <c t="s" r="A27">
         <v>12</v>
       </c>
       <c r="B27" t="n" s="7">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="C27" t="n" s="2">
-        <v>0.12844037</v>
+        <v>0</v>
       </c>
       <c t="s" r="D27" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="E27" t="n" s="7">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="F27" t="n" s="2">
-        <v>0.08695652</v>
+        <v>0</v>
       </c>
       <c t="s" r="G27" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="H27" t="n" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="I27" t="n" s="2">
-        <v>0.11111111</v>
+        <v>0</v>
       </c>
       <c t="s" r="J27" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K27" t="n" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="L27" t="n" s="2">
-        <v>0.13186813</v>
+        <v>0</v>
       </c>
       <c t="s" r="M27" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
     </row>
     <row r="28" customHeight="1">
       <c t="s" r="A28">
         <v>13</v>
       </c>
       <c r="B28" t="n" s="7">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="C28" t="n" s="2">
-        <v>0.04587156</v>
+        <v>0</v>
       </c>
       <c t="s" r="D28" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="E28" t="n" s="7">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="F28" t="n" s="2">
-        <v>0.09782609</v>
+        <v>0</v>
       </c>
       <c t="s" r="G28" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="H28" t="n" s="7">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="I28" t="n" s="2">
-        <v>0.10185185</v>
+        <v>0</v>
       </c>
       <c t="s" r="J28" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K28" t="n" s="7">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="L28" t="n" s="2">
-        <v>0.08791209</v>
+        <v>0</v>
       </c>
       <c t="s" r="M28" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
     </row>
     <row r="29" customHeight="1">
       <c t="s" r="A29">
         <v>14</v>
       </c>
       <c r="B29" t="n" s="7">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="C29" t="n" s="2">
-        <v>0.06422018</v>
+        <v>0</v>
       </c>
       <c t="s" r="D29" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="E29" t="n" s="7">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="F29" t="n" s="2">
-        <v>0.08695652</v>
+        <v>0</v>
       </c>
       <c t="s" r="G29" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="H29" t="n" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="I29" t="n" s="2">
-        <v>0.11111111</v>
+        <v>0</v>
       </c>
       <c t="s" r="J29" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K29" t="n" s="7">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="L29" t="n" s="2">
-        <v>0.10989011</v>
+        <v>0</v>
       </c>
       <c t="s" r="M29" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
     </row>
     <row r="30" customHeight="1">
       <c t="s" r="A30">
         <v>15</v>
       </c>
       <c r="B30" t="n" s="7">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="C30" t="n" s="2">
-        <v>0.1559633</v>
+        <v>0</v>
       </c>
       <c t="s" r="D30" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="E30" t="n" s="7">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="F30" t="n" s="2">
-        <v>0.09782609</v>
+        <v>0</v>
       </c>
       <c t="s" r="G30" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="H30" t="n" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="I30" t="n" s="2">
-        <v>0.11111111</v>
+        <v>0</v>
       </c>
       <c t="s" r="J30" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K30" t="n" s="7">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="L30" t="n" s="2">
-        <v>0.0989011</v>
+        <v>0</v>
       </c>
       <c t="s" r="M30" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
     </row>
     <row r="31" customHeight="1">
       <c t="s" r="A31">
         <v>16</v>
       </c>
       <c r="B31" t="n" s="7">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="C31" t="n" s="2">
-        <v>0.10091743</v>
+        <v>0</v>
       </c>
       <c t="s" r="D31" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="E31" t="n" s="7">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="F31" t="n" s="2">
-        <v>0.13043478</v>
+        <v>0</v>
       </c>
       <c t="s" r="G31" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="H31" t="n" s="7">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="I31" t="n" s="2">
-        <v>0.08333333</v>
+        <v>0</v>
       </c>
       <c t="s" r="J31" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K31" t="n" s="7">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="L31" t="n" s="2">
-        <v>0.08791209</v>
+        <v>0</v>
       </c>
       <c t="s" r="M31" s="12">
-        <v>51</v>
+        <v>45</v>
       </c>
     </row>
     <row r="33" customHeight="1">
       <c t="s" r="A33">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c t="s" r="B33">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c t="s" r="C33">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c t="s" r="D33">
-        <v>57</v>
+        <v>42</v>
       </c>
       <c t="s" r="E33">
-        <v>58</v>
-[...169 lines deleted...]
-        <v>0.09</v>
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>